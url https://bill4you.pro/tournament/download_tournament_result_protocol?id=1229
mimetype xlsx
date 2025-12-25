--- v0 (2025-12-23)
+++ v1 (2025-12-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России по пулу-9 среди юниорок до 19 лет 2023</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>16.03.2023, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.pro</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>