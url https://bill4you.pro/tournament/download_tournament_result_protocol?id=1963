--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -71,102 +71,102 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>ХМАО-Югра-2</t>
   </si>
   <si>
     <t>Потехина Ксения</t>
   </si>
   <si>
     <t>Зябирова Алина</t>
   </si>
   <si>
     <t>ХМАО-Югра-1</t>
   </si>
   <si>
     <t>Корнева Наталия</t>
   </si>
   <si>
     <t>Кондратьева Валерия</t>
   </si>
   <si>
+    <t>Москва-2</t>
+  </si>
+  <si>
+    <t>Карпич Анастасия</t>
+  </si>
+  <si>
+    <t>Ковалева Екатерина</t>
+  </si>
+  <si>
     <t>Москва-1</t>
   </si>
   <si>
     <t>Зверинцева Анастасия</t>
   </si>
   <si>
     <t>Панова Лилия</t>
   </si>
   <si>
-    <t>Москва-2</t>
+    <t>Рязань-1</t>
   </si>
   <si>
-    <t>Карпич Анастасия</t>
+    <t>Цымбал Дарья</t>
   </si>
   <si>
-    <t>Ковалева Екатерина</t>
+    <t>Жохова Ксения</t>
   </si>
   <si>
     <t>Мособласть-1</t>
   </si>
   <si>
     <t>Максимова Светлана</t>
   </si>
   <si>
     <t>Ставицкая Светлана</t>
   </si>
   <si>
     <t>Санкт-Петербург-1</t>
   </si>
   <si>
     <t>Желдина Евгения</t>
   </si>
   <si>
     <t>Ларченко Марианна</t>
   </si>
   <si>
     <t>ХМАО-Югра-3</t>
   </si>
   <si>
     <t>Пронина София</t>
   </si>
   <si>
     <t>Солдатова Александра</t>
-  </si>
-[...7 lines deleted...]
-    <t>Жохова Ксения</t>
   </si>
   <si>
     <t>Новосибирск-1</t>
   </si>
   <si>
     <t>Зырянова Анастасия</t>
   </si>
   <si>
     <t>Сидоренко Елизавета</t>
   </si>
   <si>
     <t>Хабаровск-1</t>
   </si>
   <si>
     <t>Пурдышова Юлия</t>
   </si>
   <si>
     <t>Жидайкина Диана</t>
   </si>
   <si>
     <t>Калуга-1</t>
   </si>
   <si>
     <t>Демина Полина</t>
   </si>
@@ -233,57 +233,57 @@
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
+    <t>Рязанская область</t>
+  </si>
+  <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рязанская область</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Ямало-Ненецкий автономный округ</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
 </sst>
 </file>
 
@@ -921,385 +921,385 @@
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="9">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="9">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>73</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="9">
-        <v>1979</v>
+        <v>2008</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>73</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="9">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>74</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="9">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>74</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="9">
-        <v>2006</v>
+        <v>1980</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>74</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="9">
-        <v>2007</v>
+        <v>1973</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="9">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C37" s="9">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="9">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
@@ -1653,87 +1653,87 @@
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C65" s="9">
         <v>2007</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E65" s="12" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C66" s="9">
         <v>2007</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E66" s="12" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">