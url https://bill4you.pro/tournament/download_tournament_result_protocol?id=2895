--- v0 (2025-12-23)
+++ v1 (2025-12-25)
@@ -92,264 +92,264 @@
   <si>
     <t>Конякин Виталий</t>
   </si>
   <si>
     <t>Афанасенков Евгений</t>
   </si>
   <si>
     <t>Команда 7</t>
   </si>
   <si>
     <t>Трегубов Глеб</t>
   </si>
   <si>
     <t>Иванчихин Игорь</t>
   </si>
   <si>
     <t>Команда 23</t>
   </si>
   <si>
     <t>Виноградов Антон</t>
   </si>
   <si>
     <t>Завьялов Александр</t>
   </si>
   <si>
+    <t>Команда 14</t>
+  </si>
+  <si>
+    <t>Мухаметзянов Шамиль</t>
+  </si>
+  <si>
+    <t>Щава Артём</t>
+  </si>
+  <si>
+    <t>Команда 5</t>
+  </si>
+  <si>
+    <t>Чуловский Михаил</t>
+  </si>
+  <si>
+    <t>Петров Николай</t>
+  </si>
+  <si>
     <t>Команда 2</t>
   </si>
   <si>
     <t>Королев Роман</t>
   </si>
   <si>
     <t>Зеленцов Иван</t>
   </si>
   <si>
     <t>Команда 13</t>
   </si>
   <si>
     <t>Сальников Вадим</t>
   </si>
   <si>
     <t>Подшивалов Андрей</t>
   </si>
   <si>
-    <t>Команда 14</t>
+    <t>Команда 9</t>
   </si>
   <si>
-    <t>Мухаметзянов Шамиль</t>
+    <t>Ганиев Руслан</t>
   </si>
   <si>
-    <t>Щава Артём</t>
+    <t>Фазлидинов Хуснидин</t>
   </si>
   <si>
-    <t>Команда 5</t>
+    <t>Команда 15</t>
   </si>
   <si>
-    <t>Чуловский Михаил</t>
+    <t>Тищенко Александр</t>
   </si>
   <si>
-    <t>Петров Николай</t>
+    <t>Лашманов Алексей</t>
   </si>
   <si>
     <t>Команда 12</t>
   </si>
   <si>
     <t>Кучин Сергей</t>
   </si>
   <si>
     <t>Тренкунов Сергей</t>
   </si>
   <si>
     <t>Команда 8</t>
   </si>
   <si>
     <t>Дианов Владимир</t>
   </si>
   <si>
     <t>Виноградов Алексей</t>
   </si>
   <si>
-    <t>Команда 9</t>
+    <t>Команда 19</t>
   </si>
   <si>
-    <t>Ганиев Руслан</t>
+    <t>Нецветаев Олег</t>
   </si>
   <si>
-    <t>Фазлидинов Хуснидин</t>
+    <t>Болотанов Анатолий</t>
   </si>
   <si>
-    <t>Команда 15</t>
+    <t>Команда 6</t>
   </si>
   <si>
-    <t>Тищенко Александр</t>
+    <t>Шишкин Сергей</t>
   </si>
   <si>
-    <t>Лашманов Алексей</t>
+    <t>Желтов Денис</t>
   </si>
   <si>
     <t>Команда 20</t>
   </si>
   <si>
     <t>Панагушин Максим</t>
   </si>
   <si>
     <t>Зотов Андрей</t>
   </si>
   <si>
     <t>Команда 17</t>
   </si>
   <si>
     <t>Пронин Алексей</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
-    <t>Команда 19</t>
+    <t>Команда 18</t>
   </si>
   <si>
-    <t>Нецветаев Олег</t>
+    <t>Нестеров Евгений</t>
   </si>
   <si>
-    <t>Болотанов Анатолий</t>
+    <t>Пацановский Сергей</t>
   </si>
   <si>
-    <t>Команда 6</t>
+    <t>Команда 10</t>
   </si>
   <si>
-    <t>Шишкин Сергей</t>
+    <t>Черкесов Денис</t>
   </si>
   <si>
-    <t>Желтов Денис</t>
+    <t>Мохов Олег</t>
+  </si>
+  <si>
+    <t>Команда 1</t>
+  </si>
+  <si>
+    <t>Енгибарян Тарон</t>
+  </si>
+  <si>
+    <t>Гвоздев Артем</t>
   </si>
   <si>
     <t>Команда 11</t>
   </si>
   <si>
     <t>Середкин Александр</t>
   </si>
   <si>
     <t>Стрыгин Дмитрий</t>
   </si>
   <si>
     <t>Команда 16</t>
   </si>
   <si>
     <t>Вишняков Александр</t>
   </si>
   <si>
     <t>Манукян Арут</t>
   </si>
   <si>
     <t>Команда 3</t>
   </si>
   <si>
     <t>Котляров Дмитрий</t>
   </si>
   <si>
     <t>Сергиенко Андрей</t>
   </si>
   <si>
     <t>Команда 4</t>
   </si>
   <si>
     <t>Абдукаримов Эркин</t>
   </si>
   <si>
     <t>Абдукаримов Шавкат</t>
-  </si>
-[...25 lines deleted...]
-    <t>Гвоздев Артем</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Орёл</t>
   </si>
   <si>
     <t>Брянск</t>
   </si>
   <si>
     <t>Иваново</t>
   </si>
   <si>
     <t>Ковров</t>
   </si>
   <si>
     <t>Улан-Удэ</t>
   </si>
   <si>
-    <t>Тейково</t>
+    <t>Кинешма</t>
   </si>
   <si>
-    <t>Кинешма</t>
+    <t>Тейково</t>
   </si>
   <si>
     <t>Кострома</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1096,1213 +1096,1213 @@
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="9">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="9">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>29</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="C29" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C29" s="9"/>
       <c r="D29" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="C30" s="9"/>
+      <c r="C30" s="9">
+        <v>1986</v>
+      </c>
       <c r="D30" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="E30" s="12"/>
+      <c r="E30" s="12" t="s">
+        <v>93</v>
+      </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="9">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="9">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="C37" s="9"/>
+      <c r="C37" s="9">
+        <v>1975</v>
+      </c>
       <c r="D37" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="C38" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C38" s="9"/>
       <c r="D38" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="E38" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E38" s="12"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="C41" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C41" s="9"/>
       <c r="D41" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="E41" s="12"/>
+      <c r="E41" s="12" t="s">
+        <v>96</v>
+      </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="C42" s="9"/>
+      <c r="C42" s="9">
+        <v>1986</v>
+      </c>
       <c r="D42" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="C45" s="9"/>
+      <c r="C45" s="9">
+        <v>1969</v>
+      </c>
       <c r="D45" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="C46" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C46" s="9"/>
       <c r="D46" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="C49" s="9"/>
+      <c r="C49" s="9">
+        <v>1988</v>
+      </c>
       <c r="D49" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="E49" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E49" s="12"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="C50" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C50" s="9"/>
       <c r="D50" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="C53" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C53" s="9"/>
       <c r="D53" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="C54" s="9"/>
+      <c r="C54" s="9">
+        <v>1982</v>
+      </c>
       <c r="D54" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E54" s="12" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="9">
-        <v>1993</v>
+        <v>1983</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E57" s="12" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="9">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="C61" s="9"/>
+      <c r="C61" s="9">
+        <v>1972</v>
+      </c>
       <c r="D61" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C62" s="9">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C65" s="9">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E65" s="12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="9">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="9"/>
       <c r="B69" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="C69" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C69" s="9"/>
       <c r="D69" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E69" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C70" s="9">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="3">
       <c r="A71" s="9"/>
       <c r="B71" s="12"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="12"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>62</v>
       </c>
       <c r="C72" s="11"/>
       <c r="D72" s="11"/>
       <c r="E72" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="9"/>
       <c r="B73" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C73" s="9">
-        <v>1985</v>
+        <v>1969</v>
       </c>
       <c r="D73" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E73" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="9"/>
       <c r="B74" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="C74" s="9"/>
+      <c r="C74" s="9">
+        <v>1977</v>
+      </c>
       <c r="D74" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E74" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F74" s="7"/>
       <c r="G74" s="7"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="3">
       <c r="A75" s="9"/>
       <c r="B75" s="12"/>
       <c r="C75" s="9"/>
       <c r="D75" s="9"/>
       <c r="E75" s="12"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C76" s="11"/>
       <c r="D76" s="11"/>
       <c r="E76" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="9"/>
       <c r="B77" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C77" s="9">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="D77" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E77" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F77" s="7"/>
       <c r="G77" s="7"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="9"/>
       <c r="B78" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C78" s="9">
-        <v>1995</v>
+        <v>1969</v>
       </c>
       <c r="D78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E78" s="12" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F78" s="7"/>
       <c r="G78" s="7"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="3">
       <c r="A79" s="9"/>
       <c r="B79" s="12"/>
       <c r="C79" s="9"/>
       <c r="D79" s="9"/>
       <c r="E79" s="12"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>68</v>
       </c>
       <c r="C80" s="11"/>
       <c r="D80" s="11"/>
       <c r="E80" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="9"/>
       <c r="B81" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C81" s="9">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="D81" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E81" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F81" s="7"/>
       <c r="G81" s="7"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="9"/>
       <c r="B82" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C82" s="9">
-        <v>1971</v>
+        <v>2003</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F82" s="7"/>
       <c r="G82" s="7"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="3">
       <c r="A83" s="9"/>
       <c r="B83" s="12"/>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="12"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C84" s="11"/>
       <c r="D84" s="11"/>
       <c r="E84" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="9"/>
       <c r="B85" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C85" s="9">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="D85" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E85" s="12" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F85" s="7"/>
       <c r="G85" s="7"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="9"/>
       <c r="B86" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="C86" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C86" s="9"/>
       <c r="D86" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E86" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F86" s="7"/>
       <c r="G86" s="7"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="3">
       <c r="A87" s="9"/>
       <c r="B87" s="12"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="12"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B88" s="11" t="s">
         <v>74</v>
       </c>
       <c r="C88" s="11"/>
       <c r="D88" s="11"/>
       <c r="E88" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="9"/>
       <c r="B89" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C89" s="9">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E89" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F89" s="7"/>
       <c r="G89" s="7"/>
       <c r="H89" s="1"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="9"/>
       <c r="B90" s="12" t="s">
         <v>76</v>
       </c>
       <c r="C90" s="9">
-        <v>1977</v>
+        <v>1995</v>
       </c>
       <c r="D90" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E90" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F90" s="7"/>
       <c r="G90" s="7"/>
       <c r="H90" s="1"/>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="3">
       <c r="A91" s="9"/>
       <c r="B91" s="12"/>
       <c r="C91" s="9"/>
       <c r="D91" s="9"/>
       <c r="E91" s="12"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>77</v>
       </c>
       <c r="C92" s="11"/>
       <c r="D92" s="11"/>
       <c r="E92" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="9"/>
       <c r="B93" s="12" t="s">
         <v>78</v>
       </c>
       <c r="C93" s="9">
-        <v>1978</v>
+        <v>2009</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E93" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F93" s="7"/>
       <c r="G93" s="7"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="9"/>
       <c r="B94" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C94" s="9">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="D94" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E94" s="12" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="7"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="3">
       <c r="A95" s="9"/>
       <c r="B95" s="12"/>
       <c r="C95" s="9"/>
       <c r="D95" s="9"/>
       <c r="E95" s="12"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>80</v>
       </c>
       <c r="C96" s="11"/>
       <c r="D96" s="11"/>
       <c r="E96" s="11" t="s">
         <v>93</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="9"/>
       <c r="B97" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C97" s="9">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E97" s="12" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F97" s="7"/>
       <c r="G97" s="7"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="9"/>
       <c r="B98" s="12" t="s">
         <v>82</v>
       </c>
       <c r="C98" s="9">
-        <v>2003</v>
+        <v>1970</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>86</v>
       </c>
       <c r="E98" s="12" t="s">
         <v>93</v>
       </c>
       <c r="F98" s="7"/>
       <c r="G98" s="7"/>
       <c r="H98" s="1"/>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="3">
       <c r="A99" s="9"/>
       <c r="B99" s="12"/>
       <c r="C99" s="9"/>
       <c r="D99" s="9"/>
       <c r="E99" s="12"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="13"/>
       <c r="B100" s="8"/>
       <c r="C100" s="8"/>
       <c r="D100" s="8"/>
       <c r="E100" s="8"/>
       <c r="F100" s="8"/>
       <c r="G100" s="8"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="13"/>
       <c r="B101" s="8"/>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="8"/>
       <c r="F101" s="8"/>
       <c r="G101" s="8"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="8"/>
       <c r="C102" s="8" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D102" s="8"/>
       <c r="E102" s="8"/>
       <c r="F102" s="8"/>
       <c r="G102" s="8"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="13"/>
       <c r="B103" s="8"/>
       <c r="C103" s="8"/>
       <c r="D103" s="8"/>
       <c r="E103" s="8"/>
       <c r="F103" s="8"/>
       <c r="G103" s="8"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="8"/>
       <c r="C104" s="8" t="s">
         <v>84</v>
       </c>