--- v0 (2025-12-25)
+++ v1 (2025-12-25)
@@ -1620,51 +1620,51 @@
       </c>
       <c r="C49" s="8">
         <v>2011</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>1985</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>1972</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F51" s="1"/>