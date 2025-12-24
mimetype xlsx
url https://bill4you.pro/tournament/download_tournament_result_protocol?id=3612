--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2024 "Пирамида - командные соревнования", девушки до 16</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.08.2024, Центр бильярдного спорта «Ольгино», Россия, Санкт-Петербург, ул. Приморское шоссе 4к1</t>
   </si>
   <si>
     <t>bill4you.pro</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
@@ -68,186 +68,186 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Москва-1</t>
   </si>
   <si>
     <t>Башкатова Полина</t>
   </si>
   <si>
     <t>Бобылева Злата</t>
   </si>
   <si>
     <t>Воронеж-2</t>
   </si>
   <si>
     <t>Марченко Ульяна</t>
   </si>
   <si>
     <t>Пантак Екатерина</t>
   </si>
   <si>
+    <t>Екатеринбург-1</t>
+  </si>
+  <si>
+    <t>Устюжанина Екатерина</t>
+  </si>
+  <si>
+    <t>Белоусова Вероника</t>
+  </si>
+  <si>
     <t>Рязань-1</t>
   </si>
   <si>
     <t>Цымбал Дарья</t>
   </si>
   <si>
     <t>Дворова Мария</t>
-  </si>
-[...7 lines deleted...]
-    <t>Белоусова Вероника</t>
   </si>
   <si>
     <t>Рязань-2</t>
   </si>
   <si>
     <t>Сергеева Анастасия</t>
   </si>
   <si>
     <t>Тюрникова Алёна</t>
   </si>
   <si>
     <t>Воронеж-1</t>
   </si>
   <si>
     <t>Радченко Нина</t>
   </si>
   <si>
     <t>Лесных Вероника</t>
   </si>
   <si>
     <t>Красноярск-1</t>
   </si>
   <si>
     <t>Кучерюк Дарья</t>
   </si>
   <si>
     <t>Нестеренко Яна</t>
   </si>
   <si>
     <t>ХМАО-Югра-1</t>
   </si>
   <si>
     <t>Клочкова Анастасия</t>
   </si>
   <si>
     <t>Янина Ксения</t>
   </si>
   <si>
+    <t>Санкт-Петербург-2</t>
+  </si>
+  <si>
+    <t>Каковина Ангелина</t>
+  </si>
+  <si>
+    <t>Каковина Вероника</t>
+  </si>
+  <si>
+    <t>Ярославль-1</t>
+  </si>
+  <si>
+    <t>Удачина Камилла</t>
+  </si>
+  <si>
+    <t>Комарова Евдокия</t>
+  </si>
+  <si>
     <t>Санкт-Петербург-1</t>
   </si>
   <si>
     <t>Тендер Елизавета</t>
   </si>
   <si>
     <t>Дроздова Милана</t>
   </si>
   <si>
     <t>ХМАО-Югра-2</t>
   </si>
   <si>
     <t>Шмакова Алиса</t>
   </si>
   <si>
     <t>Денис Алиса</t>
-  </si>
-[...16 lines deleted...]
-    <t>Комарова Евдокия</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Лошаков Аркадий</t>
   </si>
   <si>
     <t>Бернадский Борис</t>
   </si>
   <si>
     <t>Галлямов Ленар</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
-    <t>2р</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
+  </si>
+  <si>
+    <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
-    <t>Рязанская область</t>
+    <t>Свердловская область</t>
   </si>
   <si>
-    <t>Свердловская область</t>
+    <t>Рязанская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Ярославская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -894,54 +894,54 @@
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="10">
         <v>3</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="9"/>
       <c r="B19" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="9">
         <v>2011</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="1"/>
@@ -956,137 +956,137 @@
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="10">
         <v>3</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11" t="s">
         <v>63</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="9">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="9"/>
       <c r="B23" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="9">
         <v>2011</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="3">
       <c r="A24" s="9"/>
       <c r="B24" s="12"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="12"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="11"/>
       <c r="D25" s="11"/>
       <c r="E25" s="11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9">
         <v>2009</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="9"/>
       <c r="B27" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="9">
         <v>2011</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E27" s="12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="3">
       <c r="A28" s="9"/>
       <c r="B28" s="12"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="12"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="11"/>
       <c r="D29" s="11"/>
       <c r="E29" s="11" t="s">
@@ -1266,261 +1266,261 @@
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="11"/>
       <c r="D41" s="11"/>
       <c r="E41" s="11" t="s">
         <v>66</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="9">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="9"/>
       <c r="B43" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C43" s="9">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="F43" s="7"/>
       <c r="G43" s="7"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="3">
       <c r="A44" s="9"/>
       <c r="B44" s="12"/>
       <c r="C44" s="9"/>
       <c r="D44" s="9"/>
       <c r="E44" s="12"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="9">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="9"/>
       <c r="B47" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C47" s="9">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E47" s="12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F47" s="7"/>
       <c r="G47" s="7"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="3">
       <c r="A48" s="9"/>
       <c r="B48" s="12"/>
       <c r="C48" s="9"/>
       <c r="D48" s="9"/>
       <c r="E48" s="12"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C49" s="11"/>
       <c r="D49" s="11"/>
       <c r="E49" s="11" t="s">
         <v>66</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C50" s="9">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>66</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="9"/>
       <c r="B51" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C51" s="9">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>66</v>
       </c>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="3">
       <c r="A52" s="9"/>
       <c r="B52" s="12"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="12"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C54" s="9">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E54" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="9"/>
       <c r="B55" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C55" s="9">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E55" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F55" s="7"/>
       <c r="G55" s="7"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="3">
       <c r="A56" s="9"/>
       <c r="B56" s="12"/>
       <c r="C56" s="9"/>
       <c r="D56" s="9"/>
       <c r="E56" s="12"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="13"/>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
       <c r="D57" s="8"/>
       <c r="E57" s="8"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="1"/>
     </row>