--- v0 (2025-11-08)
+++ v1 (2025-12-13)
@@ -712,51 +712,51 @@
       </c>
       <c r="C12" s="8">
         <v>1997</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>1993</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>2003</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="1"/>