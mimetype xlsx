--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -683,69 +683,73 @@
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8"/>
       <c r="D9" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C10" s="8"/>
+      <c r="C10" s="8">
+        <v>1974</v>
+      </c>
       <c r="D10" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C11" s="8"/>
+      <c r="C11" s="8">
+        <v>1986</v>
+      </c>
       <c r="D11" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8"/>
       <c r="D12" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="1"/>
@@ -773,51 +777,53 @@
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8"/>
       <c r="D14" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C15" s="8"/>
+      <c r="C15" s="8">
+        <v>1987</v>
+      </c>
       <c r="D15" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="1"/>