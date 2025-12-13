--- v0 (2025-11-09)
+++ v1 (2025-12-13)
@@ -233,81 +233,81 @@
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Омская область</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
-    <t>Москва</t>
-[...1 lines deleted...]
-  <si>
     <t>Краснодарский край</t>
   </si>
   <si>
     <t>Кировская область</t>
+  </si>
+  <si>
+    <t>Московская область</t>
   </si>
   <si>
     <t>Республика Саха (Якутия)</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Ивановская область</t>
   </si>
   <si>
-    <t>Владимирская область</t>
+    <t>Кемеровская область</t>
   </si>
   <si>
-    <t>Московская область</t>
+    <t>Владимирская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -900,142 +900,144 @@
       <c r="C14" s="8"/>
       <c r="D14" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1987</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8"/>
       <c r="D17" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8"/>
       <c r="D19" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1978</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="E20" s="9"/>
+      <c r="E20" s="9" t="s">
+        <v>75</v>
+      </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
@@ -1098,89 +1100,89 @@
         <v>31</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
         <v>2009</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8"/>
       <c r="D28" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8"/>
       <c r="D29" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
@@ -1293,56 +1295,58 @@
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="8"/>
       <c r="D36" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="C37" s="8"/>
+      <c r="C37" s="8">
+        <v>1987</v>
+      </c>
       <c r="D37" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C38" s="8"/>
       <c r="D38" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
@@ -1370,51 +1374,51 @@
         <v>46</v>
       </c>
       <c r="C40" s="8"/>
       <c r="D40" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C41" s="8"/>
       <c r="D41" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C42" s="8"/>
       <c r="D42" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
@@ -1424,51 +1428,51 @@
         <v>49</v>
       </c>
       <c r="C43" s="8"/>
       <c r="D43" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C44" s="8"/>
       <c r="D44" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="8"/>
       <c r="D45" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
@@ -1532,87 +1536,87 @@
         <v>55</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="8"/>
       <c r="D50" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="8"/>
       <c r="D51" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="8"/>
       <c r="D52" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C53" s="8"/>
       <c r="D53" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
@@ -1622,69 +1626,69 @@
         <v>60</v>
       </c>
       <c r="C54" s="8"/>
       <c r="D54" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="8"/>
       <c r="D55" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8">
         <v>49</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C56" s="8"/>
       <c r="D56" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="10"/>
       <c r="B57" s="7"/>
       <c r="C57" s="7"/>
       <c r="D57" s="7"/>
       <c r="E57" s="7"/>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="10"/>
       <c r="B58" s="7"/>
       <c r="C58" s="7"/>
       <c r="D58" s="7"/>
       <c r="E58" s="7"/>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>