--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -89,66 +89,66 @@
   <si>
     <t>Шилинцев Станислав</t>
   </si>
   <si>
     <t>Панфилов Станислав</t>
   </si>
   <si>
     <t>ЭМ-ПЛАСТ</t>
   </si>
   <si>
     <t>Бершак Андрей</t>
   </si>
   <si>
     <t>Баринов Сергей</t>
   </si>
   <si>
     <t>Комбинат "Сура"</t>
   </si>
   <si>
     <t>Аверкин Дмитрий</t>
   </si>
   <si>
     <t>Андрей Мудрецов</t>
   </si>
   <si>
+    <t>АО "СТЗ"-1</t>
+  </si>
+  <si>
+    <t>Ситников Юрий</t>
+  </si>
+  <si>
+    <t>Пронин Николай</t>
+  </si>
+  <si>
     <t>АО "СТЗ" 2</t>
   </si>
   <si>
     <t>Шукшин Иван</t>
   </si>
   <si>
     <t>Пантюшин Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Пронин Николай</t>
   </si>
   <si>
     <t>Нубия-К</t>
   </si>
   <si>
     <t>Шибелёв Александр</t>
   </si>
   <si>
     <t>Лысяков Сергей</t>
   </si>
   <si>
     <t>Мордовское Деловое Товарищество</t>
   </si>
   <si>
     <t>Плотников Сергей</t>
   </si>
   <si>
     <t>Муравьев Александр</t>
   </si>
   <si>
     <t>Флойд</t>
   </si>
   <si>
     <t>Бекшаев Денис</t>
   </si>
@@ -941,131 +941,131 @@
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="9">
-        <v>1973</v>
+        <v>1957</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="9">
-        <v>1962</v>
+        <v>1959</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="9">
-        <v>1957</v>
+        <v>1973</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="9">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>