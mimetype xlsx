--- v0 (2025-12-23)
+++ v1 (2025-12-24)
@@ -821,51 +821,53 @@
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8"/>
       <c r="D17" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="8"/>
+      <c r="C18" s="8">
+        <v>1975</v>
+      </c>
       <c r="D18" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8"/>
       <c r="D19" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="1"/>