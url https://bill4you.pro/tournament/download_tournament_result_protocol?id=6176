--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -74,174 +74,174 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Партия</t>
   </si>
   <si>
     <t>Геворгян Левон</t>
   </si>
   <si>
     <t>Богомолов Алексей</t>
   </si>
   <si>
     <t>НОВА</t>
   </si>
   <si>
     <t>Олефиренко Никита</t>
   </si>
   <si>
     <t>Фарсян Арман</t>
   </si>
   <si>
+    <t>Олимп</t>
+  </si>
+  <si>
+    <t>Мелконян Михаил</t>
+  </si>
+  <si>
+    <t>Марков Виктор</t>
+  </si>
+  <si>
     <t>Альбион</t>
   </si>
   <si>
     <t>Сагомоньян Арсен</t>
   </si>
   <si>
     <t>Осяк Николай</t>
-  </si>
-[...7 lines deleted...]
-    <t>Марков Виктор</t>
   </si>
   <si>
     <t>Право-лево</t>
   </si>
   <si>
     <t>Чикильдин Михаил</t>
   </si>
   <si>
     <t>Корепанов Андрей</t>
   </si>
   <si>
     <t xml:space="preserve">Берт </t>
   </si>
   <si>
     <t>Варданян Артем</t>
   </si>
   <si>
     <t>Варян Арутюн</t>
   </si>
   <si>
     <t>Артем</t>
   </si>
   <si>
     <t>Ким Игорь</t>
   </si>
   <si>
     <t>Шевченко Артëм</t>
   </si>
   <si>
     <t>Адреналин</t>
   </si>
   <si>
     <t>Хен Виталий</t>
   </si>
   <si>
     <t>Цой Эдуард.</t>
   </si>
   <si>
+    <t>АК</t>
+  </si>
+  <si>
+    <t>Алексеев Алексей</t>
+  </si>
+  <si>
+    <t>Калашников Александр</t>
+  </si>
+  <si>
     <t>Нерусские</t>
   </si>
   <si>
     <t>Рефий Рустем</t>
   </si>
   <si>
     <t>Мартиросян Анатолий</t>
   </si>
   <si>
     <t xml:space="preserve">Министерство объяснений </t>
   </si>
   <si>
     <t>Пономарёв Денис</t>
   </si>
   <si>
     <t>Гредягин Андрей</t>
   </si>
   <si>
     <t>Министерство</t>
   </si>
   <si>
     <t>Скребнев Дмитрий</t>
   </si>
   <si>
     <t>Лебедев Сергей</t>
   </si>
   <si>
-    <t>АК</t>
+    <t>Абриколь</t>
   </si>
   <si>
-    <t>Алексеев Алексей</t>
+    <t>Калужников Александр</t>
   </si>
   <si>
-    <t>Калашников Александр</t>
+    <t>Ким Леонид</t>
   </si>
   <si>
     <t>Братья армяне</t>
   </si>
   <si>
     <t>Варданян Даниэль</t>
   </si>
   <si>
     <t>Варданян Вадим</t>
   </si>
   <si>
     <t>АВ</t>
   </si>
   <si>
     <t>Мостовой Александр</t>
   </si>
   <si>
     <t>Ковалевский Вадим</t>
   </si>
   <si>
     <t>Доберман</t>
   </si>
   <si>
     <t>Кутицкий Андрей</t>
   </si>
   <si>
     <t>Комиссаров Владимир</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ким Леонид</t>
   </si>
   <si>
     <t>Новочеркасск</t>
   </si>
   <si>
     <t>Чугуев Роман</t>
   </si>
   <si>
     <t>Княжанский Евгений</t>
   </si>
   <si>
     <t>Редбул</t>
   </si>
   <si>
     <t>Комиссаров Кирилл</t>
   </si>
   <si>
     <t>Цой Эдуард</t>
   </si>
   <si>
     <t>Дружба</t>
   </si>
   <si>
     <t>Ivanenko Denis</t>
   </si>
@@ -927,137 +927,137 @@
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="9">
-        <v>1989</v>
+        <v>1977</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="9">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
@@ -1298,496 +1298,496 @@
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="C41" s="9"/>
+      <c r="C41" s="9">
+        <v>1969</v>
+      </c>
       <c r="D41" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E41" s="12"/>
+      <c r="E41" s="12" t="s">
+        <v>82</v>
+      </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="9">
-        <v>1996</v>
+        <v>1957</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="C45" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C45" s="9"/>
       <c r="D45" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E45" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E45" s="12"/>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C46" s="9">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C49" s="9">
-        <v>1986</v>
+        <v>1981</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C50" s="9">
-        <v>1990</v>
+        <v>1986</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C53" s="9">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C54" s="9">
-        <v>1957</v>
+        <v>1990</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="9">
-        <v>2015</v>
+        <v>1984</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E57" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E57" s="12"/>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>52</v>
       </c>
-      <c r="C58" s="9"/>
+      <c r="C58" s="9">
+        <v>1987</v>
+      </c>
       <c r="D58" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E58" s="12" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="C61" s="9"/>
+      <c r="C61" s="9">
+        <v>2015</v>
+      </c>
       <c r="D61" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C62" s="9"/>
       <c r="D62" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E62" s="12"/>
+      <c r="E62" s="12" t="s">
+        <v>82</v>
+      </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="C65" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C65" s="9"/>
       <c r="D65" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>82</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="C66" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C66" s="9"/>
       <c r="D66" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E66" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E66" s="12"/>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">
         <v>82</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="9"/>
       <c r="B69" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C69" s="9">
         <v>1984</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="E69" s="12"/>
+      <c r="E69" s="12" t="s">
+        <v>82</v>
+      </c>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C70" s="9">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E70" s="12" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="3">
       <c r="A71" s="9"/>
       <c r="B71" s="12"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="12"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>62</v>
       </c>
       <c r="C72" s="11"/>
       <c r="D72" s="11"/>
       <c r="E72" s="11" t="s">