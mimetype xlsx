--- v0 (2025-12-23)
+++ v1 (2025-12-25)
@@ -122,75 +122,75 @@
   <si>
     <t>Повод Евгений</t>
   </si>
   <si>
     <t>Заковряжин Алексей</t>
   </si>
   <si>
     <t>Дота 2</t>
   </si>
   <si>
     <t>Захаров Илья</t>
   </si>
   <si>
     <t>Венглинский Константин</t>
   </si>
   <si>
     <t>Каталы</t>
   </si>
   <si>
     <t>Белич Владислав</t>
   </si>
   <si>
     <t>Джандар Аслан</t>
   </si>
   <si>
-    <t>Арфей</t>
-[...7 lines deleted...]
-  <si>
     <t>Giani Milani</t>
   </si>
   <si>
     <t>Григорян Ваге</t>
   </si>
   <si>
     <t>Пириев Агаджан</t>
   </si>
   <si>
     <t>Смелые</t>
   </si>
   <si>
     <t>Абрамов Давид</t>
   </si>
   <si>
     <t>Калимов Геннадий</t>
+  </si>
+  <si>
+    <t>Арфей</t>
+  </si>
+  <si>
+    <t>Шах Денис</t>
+  </si>
+  <si>
+    <t>Макаров Дмитрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
@@ -1224,190 +1224,190 @@
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C41" s="9">
         <v>1987</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="9">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C45" s="9">
-        <v>1987</v>
+        <v>2003</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C46" s="9">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C49" s="9">
-        <v>2003</v>
+        <v>1987</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C50" s="9">
-        <v>1983</v>
+        <v>1999</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="13"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>