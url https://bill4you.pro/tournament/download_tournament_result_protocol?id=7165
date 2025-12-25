--- v0 (2025-12-25)
+++ v1 (2025-12-25)
@@ -104,66 +104,66 @@
   <si>
     <t>Исай Артем</t>
   </si>
   <si>
     <t>Варыч Кирилл</t>
   </si>
   <si>
     <t>Берстенев-Попов</t>
   </si>
   <si>
     <t>Берстенев Макар</t>
   </si>
   <si>
     <t>Попов Матвей</t>
   </si>
   <si>
     <t>Дубов-Ташбулатов</t>
   </si>
   <si>
     <t>Дубов Семен</t>
   </si>
   <si>
     <t>Ташбулатов Евгений</t>
   </si>
   <si>
+    <t>Сиволапов-Ильтуганов</t>
+  </si>
+  <si>
+    <t>Сиволапов Арсений</t>
+  </si>
+  <si>
+    <t>Ильтуганов Тимофей</t>
+  </si>
+  <si>
     <t>Аржаников-Айсаев</t>
   </si>
   <si>
     <t>Аржаников Данила</t>
   </si>
   <si>
     <t>Айсаев Аблажан</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ильтуганов Тимофей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
@@ -1061,149 +1061,149 @@
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="9">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C34" s="9">
         <v>2013</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="9">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C38" s="9">
         <v>2013</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="13"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="1"/>
     </row>