--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -89,84 +89,84 @@
   <si>
     <t>Манукян Карен</t>
   </si>
   <si>
     <t>Чхартишвили Денис</t>
   </si>
   <si>
     <t>Евпатория 1</t>
   </si>
   <si>
     <t>Евстигнеев Тимур</t>
   </si>
   <si>
     <t>Прощенко-мл Сергей</t>
   </si>
   <si>
     <t>Симферополь 2</t>
   </si>
   <si>
     <t>Николаенко Дмитрий</t>
   </si>
   <si>
     <t>Цай Алексей</t>
   </si>
   <si>
+    <t>Симферополь 3</t>
+  </si>
+  <si>
+    <t>Сидоров Вадим</t>
+  </si>
+  <si>
+    <t>Гнездилов Алексей</t>
+  </si>
+  <si>
     <t>Симферополь 1</t>
   </si>
   <si>
     <t>Казаков Денис</t>
   </si>
   <si>
     <t>Петросян Артур</t>
   </si>
   <si>
-    <t>Симферополь 3</t>
+    <t>Симферополь 4</t>
   </si>
   <si>
-    <t>Сидоров Вадим</t>
+    <t>Борунов Дмитрий</t>
   </si>
   <si>
-    <t>Гнездилов Алексей</t>
+    <t>Пинский Михаил</t>
   </si>
   <si>
     <t>Ялта 2</t>
   </si>
   <si>
     <t>Белоущенко Денис</t>
   </si>
   <si>
     <t>Белоущенко Максим</t>
-  </si>
-[...7 lines deleted...]
-    <t>Пинский Михаил</t>
   </si>
   <si>
     <t>Симферополь 5</t>
   </si>
   <si>
     <t>Лайс Кирил</t>
   </si>
   <si>
     <t>Гончаренко Никита</t>
   </si>
   <si>
     <t>Бахчисарай 1</t>
   </si>
   <si>
     <t>Евстигнеев Артур</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Севастополь 1</t>
   </si>
   <si>
     <t>Вахитов Тимур</t>
   </si>
@@ -973,255 +973,255 @@
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="9">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="9">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="9">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="9">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>56</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="9">
-        <v>1977</v>
+        <v>2001</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="9">
-        <v>1977</v>
+        <v>1996</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C37" s="9">
-        <v>2001</v>
+        <v>1977</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="9">
-        <v>1996</v>
+        <v>1977</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11"/>