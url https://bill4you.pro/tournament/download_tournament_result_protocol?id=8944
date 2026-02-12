--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -53,57 +53,57 @@
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Абрамов Иосиф</t>
   </si>
   <si>
-    <t>Володин Никита</t>
-[...1 lines deleted...]
-  <si>
     <t>Миронова Диана</t>
   </si>
   <si>
     <t>Аверьянов Всеволод</t>
+  </si>
+  <si>
+    <t>Володин Никита</t>
   </si>
   <si>
     <t>Зверев Максим</t>
   </si>
   <si>
     <t>Казыбеков Жанибек</t>
   </si>
   <si>
     <t>Лепшаков Дастан</t>
   </si>
   <si>
     <t>Салтовский Евгений</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Агеенко Сергей</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>Зацепилов Антон</t>
   </si>
@@ -605,115 +605,121 @@
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
-      <c r="A8" s="8"/>
+      <c r="A8" s="8">
+        <v>1</v>
+      </c>
       <c r="B8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="8">
         <v>2001</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
-      <c r="A9" s="8"/>
+      <c r="A9" s="8">
+        <v>2</v>
+      </c>
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
-      <c r="A10" s="8"/>
+      <c r="A10" s="8">
+        <v>3</v>
+      </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2001</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="1"/>